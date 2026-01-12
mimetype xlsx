--- v0 (2026-01-05)
+++ v1 (2026-01-12)
@@ -1,122 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29523"/>
-[...1 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{0D41311A-DDAE-401E-B948-A5C9045B609C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29704"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <xr:revisionPtr revIDLastSave="37" documentId="11_9248B46DC1CBB2E3ED7FF6F9903E8C1851038383" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{01683780-FF1A-44CA-91A3-A8FA3A97CF99}"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="01.01.2025 - 31.03.2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
-    <externalReference r:id="rId3"/>
   </externalReferences>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C23" i="1" l="1"/>
-  <c r="C5" i="1"/>
   <c r="D25" i="1" l="1"/>
   <c r="D26" i="1"/>
   <c r="D27" i="1"/>
   <c r="D28" i="1"/>
   <c r="D29" i="1"/>
   <c r="D30" i="1"/>
   <c r="D31" i="1"/>
   <c r="D32" i="1"/>
   <c r="D33" i="1"/>
   <c r="D34" i="1"/>
   <c r="D35" i="1"/>
   <c r="D36" i="1"/>
   <c r="D37" i="1"/>
   <c r="D38" i="1"/>
   <c r="D39" i="1"/>
   <c r="D24" i="1"/>
   <c r="D7" i="1"/>
   <c r="D8" i="1"/>
   <c r="D9" i="1"/>
   <c r="D10" i="1"/>
   <c r="D11" i="1"/>
   <c r="D12" i="1"/>
   <c r="D13" i="1"/>
   <c r="D14" i="1"/>
   <c r="D15" i="1"/>
   <c r="D16" i="1"/>
   <c r="D17" i="1"/>
   <c r="D18" i="1"/>
   <c r="D19" i="1"/>
   <c r="D20" i="1"/>
   <c r="D21" i="1"/>
   <c r="D6" i="1"/>
-  <c r="C41" i="1"/>
-  <c r="D23" i="1" l="1"/>
+  <c r="D23" i="1"/>
   <c r="D5" i="1"/>
-  <c r="D41" i="1" s="1"/>
+  <c r="C23" i="1"/>
+  <c r="C5" i="1"/>
+  <c r="C41" i="1" l="1"/>
+  <c r="D41" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="24">
   <si>
     <t>Número de contratos por procedimiento de contratación</t>
   </si>
   <si>
     <t>ADJUDICATARIO</t>
   </si>
   <si>
     <t>PROCEDIMIENTO</t>
   </si>
   <si>
     <t>NÚMERO ADJUDICACIONES</t>
   </si>
   <si>
     <t>PORCENTAJE</t>
   </si>
   <si>
     <t>PYME</t>
   </si>
   <si>
     <t>Abierto</t>
@@ -159,83 +157,83 @@
   </si>
   <si>
     <t>Normas internas</t>
   </si>
   <si>
     <t>Restringido</t>
   </si>
   <si>
     <t>Otros</t>
   </si>
   <si>
     <t>no PYME</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Noto Sans"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Liberation Sans"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Noto Sans"/>
       <charset val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="8">
+  <borders count="9">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
@@ -288,193 +286,188 @@
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="16">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="Documentos/estad&#237;stiques_PIME.xlsx" TargetMode="External"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="Documentos/estad&#237;sticas_PYME.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="estad&#237;sticas_PYME.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
-      <sheetName val="Dades 01.07.2023 - 31.12"/>
-      <sheetName val="Dades 01.07.2025 - 30.09"/>
+      <sheetName val="Datos 01.07.2023 - 31.12"/>
+      <sheetName val="Datos 01.01.2025 - 31.03"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
-    </sheetDataSet>
-[...15 lines deleted...]
-      <sheetData sheetId="2"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="145F82"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E87331"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="186C24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="020F0302020204030204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -482,51 +475,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -593,65 +586,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -672,610 +665,590 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="16.28515625" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="48.28515625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="43" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
-      <c r="A1" s="1" t="s">
-[...4 lines deleted...]
-      <c r="D1" s="3"/>
+      <c r="A1" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="8"/>
+      <c r="C1" s="8"/>
+      <c r="D1" s="9"/>
     </row>
     <row r="2" spans="1:4">
-      <c r="A2" s="4"/>
-[...2 lines deleted...]
-      <c r="D2" s="4"/>
+      <c r="A2" s="1"/>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
     </row>
     <row r="3" spans="1:4">
-      <c r="A3" s="5" t="s">
+      <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="5" t="s">
+      <c r="B3" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="C3" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:4">
-      <c r="A4" s="6"/>
-[...2 lines deleted...]
-      <c r="D4" s="6"/>
+      <c r="A4" s="3"/>
+      <c r="B4" s="3"/>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3"/>
     </row>
     <row r="5" spans="1:4">
-      <c r="A5" s="7" t="s">
+      <c r="A5" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="B5" s="8"/>
-      <c r="C5" s="7">
+      <c r="B5" s="5"/>
+      <c r="C5" s="4">
         <f>SUM(C6:C21)</f>
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="D5" s="9">
+        <v>386</v>
+      </c>
+      <c r="D5" s="6">
         <f>C5/C$41</f>
-        <v>0.51063829787234039</v>
+        <v>0.51058201058201058</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="10"/>
-      <c r="B6" s="7" t="s">
+      <c r="B6" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="7">
+      <c r="C6" s="4">
         <v>106</v>
       </c>
-      <c r="D6" s="9">
+      <c r="D6" s="6">
         <f>C6/C$5</f>
-        <v>0.27604166666666669</v>
+        <v>0.27461139896373055</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="11"/>
-      <c r="B7" s="7" t="s">
+      <c r="B7" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="C7" s="7">
+      <c r="C7" s="4">
         <v>78</v>
       </c>
-      <c r="D7" s="9">
+      <c r="D7" s="6">
         <f t="shared" ref="D7:D21" si="0">C7/C$5</f>
-        <v>0.203125</v>
+        <v>0.20207253886010362</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="11"/>
-      <c r="B8" s="7" t="s">
+      <c r="B8" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C8" s="7">
-[...2 lines deleted...]
-      <c r="D8" s="9">
+      <c r="C8" s="4">
+        <v>0</v>
+      </c>
+      <c r="D8" s="6">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="11"/>
-      <c r="B9" s="7" t="s">
+      <c r="B9" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="7">
-[...2 lines deleted...]
-      <c r="D9" s="9">
+      <c r="C9" s="4">
+        <v>0</v>
+      </c>
+      <c r="D9" s="6">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="11"/>
-      <c r="B10" s="7" t="s">
+      <c r="B10" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="C10" s="7">
-[...2 lines deleted...]
-      <c r="D10" s="9">
+      <c r="C10" s="4">
+        <v>0</v>
+      </c>
+      <c r="D10" s="6">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="11"/>
-      <c r="B11" s="7" t="s">
+      <c r="B11" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="C11" s="7">
-[...2 lines deleted...]
-      <c r="D11" s="9">
+      <c r="C11" s="4">
+        <v>0</v>
+      </c>
+      <c r="D11" s="6">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="11"/>
-      <c r="B12" s="7" t="s">
+      <c r="B12" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C12" s="7">
-[...4 lines deleted...]
-        <v>0.4453125</v>
+      <c r="C12" s="4">
+        <v>173</v>
+      </c>
+      <c r="D12" s="6">
+        <f t="shared" si="0"/>
+        <v>0.44818652849740931</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="11"/>
-      <c r="B13" s="7" t="s">
+      <c r="B13" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="C13" s="7">
-[...2 lines deleted...]
-      <c r="D13" s="9">
+      <c r="C13" s="4">
+        <v>0</v>
+      </c>
+      <c r="D13" s="6">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="11"/>
-      <c r="B14" s="7" t="s">
+      <c r="B14" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="C14" s="7">
-[...2 lines deleted...]
-      <c r="D14" s="9">
+      <c r="C14" s="4">
+        <v>0</v>
+      </c>
+      <c r="D14" s="6">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="11"/>
-      <c r="B15" s="7" t="s">
+      <c r="B15" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="C15" s="7">
-[...2 lines deleted...]
-      <c r="D15" s="9">
+      <c r="C15" s="4">
+        <v>0</v>
+      </c>
+      <c r="D15" s="6">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="11"/>
-      <c r="B16" s="7" t="s">
+      <c r="B16" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C16" s="7">
-[...2 lines deleted...]
-      <c r="D16" s="9">
+      <c r="C16" s="4">
+        <v>0</v>
+      </c>
+      <c r="D16" s="6">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="11"/>
-      <c r="B17" s="7" t="s">
+      <c r="B17" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="C17" s="7">
-[...2 lines deleted...]
-      <c r="D17" s="9">
+      <c r="C17" s="4">
+        <v>0</v>
+      </c>
+      <c r="D17" s="6">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="11"/>
-      <c r="B18" s="7" t="s">
+      <c r="B18" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="C18" s="7">
+      <c r="C18" s="4">
         <v>15</v>
       </c>
-      <c r="D18" s="9">
-[...1 lines deleted...]
-        <v>3.90625E-2</v>
+      <c r="D18" s="6">
+        <f t="shared" si="0"/>
+        <v>3.8860103626943004E-2</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="11"/>
-      <c r="B19" s="7" t="s">
+      <c r="B19" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="C19" s="7">
-[...2 lines deleted...]
-      <c r="D19" s="9">
+      <c r="C19" s="4">
+        <v>0</v>
+      </c>
+      <c r="D19" s="6">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="11"/>
-      <c r="B20" s="7" t="s">
+      <c r="B20" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C20" s="7">
+      <c r="C20" s="4">
         <v>12</v>
       </c>
-      <c r="D20" s="9">
-[...1 lines deleted...]
-        <v>3.125E-2</v>
+      <c r="D20" s="6">
+        <f t="shared" si="0"/>
+        <v>3.1088082901554404E-2</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="12"/>
-      <c r="B21" s="7" t="s">
+      <c r="B21" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="C21" s="7">
+      <c r="C21" s="4">
         <v>2</v>
       </c>
-      <c r="D21" s="9">
-[...1 lines deleted...]
-        <v>5.208333333333333E-3</v>
+      <c r="D21" s="6">
+        <f t="shared" si="0"/>
+        <v>5.1813471502590676E-3</v>
       </c>
     </row>
     <row r="22" spans="1:4">
-      <c r="A22" s="6"/>
-[...2 lines deleted...]
-      <c r="D22" s="6"/>
+      <c r="A22" s="1"/>
+      <c r="B22" s="3"/>
+      <c r="C22" s="3"/>
+      <c r="D22" s="3"/>
     </row>
     <row r="23" spans="1:4">
-      <c r="A23" s="7" t="s">
+      <c r="A23" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="B23" s="8"/>
-      <c r="C23" s="7">
+      <c r="B23" s="14"/>
+      <c r="C23" s="4">
         <f>SUM(C24:C39)</f>
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="D23" s="9">
+        <v>370</v>
+      </c>
+      <c r="D23" s="6">
         <f>C23/C$41</f>
-        <v>0.48936170212765956</v>
+        <v>0.48941798941798942</v>
       </c>
     </row>
     <row r="24" spans="1:4">
-      <c r="A24" s="10"/>
-      <c r="B24" s="7" t="s">
+      <c r="A24" s="11"/>
+      <c r="B24" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="C24" s="7">
-[...2 lines deleted...]
-      <c r="D24" s="9">
+      <c r="C24" s="4">
+        <v>141</v>
+      </c>
+      <c r="D24" s="6">
         <f>C24/C$23</f>
-        <v>0.38043478260869568</v>
+        <v>0.38108108108108107</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="11"/>
-      <c r="B25" s="7" t="s">
+      <c r="B25" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="C25" s="7">
+      <c r="C25" s="4">
         <v>26</v>
       </c>
-      <c r="D25" s="9">
+      <c r="D25" s="6">
         <f t="shared" ref="D25:D39" si="1">C25/C$23</f>
-        <v>7.0652173913043473E-2</v>
+        <v>7.0270270270270274E-2</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="11"/>
-      <c r="B26" s="7" t="s">
+      <c r="B26" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="C26" s="7">
-[...2 lines deleted...]
-      <c r="D26" s="9">
+      <c r="C26" s="4">
+        <v>0</v>
+      </c>
+      <c r="D26" s="6">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="11"/>
-      <c r="B27" s="7" t="s">
+      <c r="B27" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="C27" s="7">
-[...2 lines deleted...]
-      <c r="D27" s="9">
+      <c r="C27" s="4">
+        <v>0</v>
+      </c>
+      <c r="D27" s="6">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="11"/>
-      <c r="B28" s="7" t="s">
+      <c r="B28" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="C28" s="7">
-[...2 lines deleted...]
-      <c r="D28" s="9">
+      <c r="C28" s="4">
+        <v>0</v>
+      </c>
+      <c r="D28" s="6">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="11"/>
-      <c r="B29" s="7" t="s">
+      <c r="B29" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="C29" s="7">
-[...2 lines deleted...]
-      <c r="D29" s="9">
+      <c r="C29" s="4">
+        <v>0</v>
+      </c>
+      <c r="D29" s="6">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="11"/>
-      <c r="B30" s="7" t="s">
+      <c r="B30" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="C30" s="7">
-[...4 lines deleted...]
-        <v>0.46739130434782611</v>
+      <c r="C30" s="4">
+        <v>173</v>
+      </c>
+      <c r="D30" s="6">
+        <f t="shared" si="1"/>
+        <v>0.46756756756756757</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="11"/>
-      <c r="B31" s="7" t="s">
+      <c r="B31" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="C31" s="7">
+      <c r="C31" s="4">
         <v>6</v>
       </c>
-      <c r="D31" s="9">
-[...1 lines deleted...]
-        <v>1.6304347826086956E-2</v>
+      <c r="D31" s="6">
+        <f t="shared" si="1"/>
+        <v>1.6216216216216217E-2</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="11"/>
-      <c r="B32" s="7" t="s">
+      <c r="B32" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="C32" s="7">
-[...2 lines deleted...]
-      <c r="D32" s="9">
+      <c r="C32" s="4">
+        <v>0</v>
+      </c>
+      <c r="D32" s="6">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="11"/>
-      <c r="B33" s="7" t="s">
+      <c r="B33" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="C33" s="7">
-[...2 lines deleted...]
-      <c r="D33" s="9">
+      <c r="C33" s="4">
+        <v>0</v>
+      </c>
+      <c r="D33" s="6">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="11"/>
-      <c r="B34" s="7" t="s">
+      <c r="B34" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="C34" s="7">
-[...2 lines deleted...]
-      <c r="D34" s="9">
+      <c r="C34" s="4">
+        <v>0</v>
+      </c>
+      <c r="D34" s="6">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="11"/>
-      <c r="B35" s="7" t="s">
+      <c r="B35" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="C35" s="7">
-[...2 lines deleted...]
-      <c r="D35" s="9">
+      <c r="C35" s="4">
+        <v>0</v>
+      </c>
+      <c r="D35" s="6">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="11"/>
-      <c r="B36" s="7" t="s">
+      <c r="B36" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="C36" s="7">
+      <c r="C36" s="4">
         <v>23</v>
       </c>
-      <c r="D36" s="9">
-[...1 lines deleted...]
-        <v>6.25E-2</v>
+      <c r="D36" s="6">
+        <f t="shared" si="1"/>
+        <v>6.2162162162162166E-2</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="11"/>
-      <c r="B37" s="7" t="s">
+      <c r="B37" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="C37" s="7">
-[...2 lines deleted...]
-      <c r="D37" s="9">
+      <c r="C37" s="4">
+        <v>0</v>
+      </c>
+      <c r="D37" s="6">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="11"/>
-      <c r="B38" s="7" t="s">
+      <c r="B38" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="C38" s="7">
+      <c r="C38" s="4">
         <v>1</v>
       </c>
-      <c r="D38" s="9">
-[...1 lines deleted...]
-        <v>2.717391304347826E-3</v>
+      <c r="D38" s="6">
+        <f t="shared" si="1"/>
+        <v>2.7027027027027029E-3</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="12"/>
-      <c r="B39" s="7" t="s">
+      <c r="B39" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="C39" s="7">
-[...2 lines deleted...]
-      <c r="D39" s="9">
+      <c r="C39" s="4">
+        <v>0</v>
+      </c>
+      <c r="D39" s="6">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:4">
-      <c r="A40" s="6"/>
-[...2 lines deleted...]
-      <c r="D40" s="6"/>
+      <c r="A40" s="15"/>
+      <c r="B40" s="3"/>
+      <c r="C40" s="3"/>
+      <c r="D40" s="3"/>
     </row>
     <row r="41" spans="1:4">
-      <c r="A41" s="7" t="s">
+      <c r="A41" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="B41" s="8"/>
-      <c r="C41" s="7">
+      <c r="B41" s="5"/>
+      <c r="C41" s="4">
         <f>SUM(C5,C23)</f>
-        <v>752</v>
-[...1 lines deleted...]
-      <c r="D41" s="9">
+        <v>756</v>
+      </c>
+      <c r="D41" s="6">
         <f>SUM(D5,D23)</f>
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A6:A21"/>
     <mergeCell ref="A24:A39"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
   <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>